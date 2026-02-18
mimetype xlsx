--- v0 (2025-11-12)
+++ v1 (2026-02-18)
@@ -59,72 +59,72 @@
   <si>
     <t>twitter</t>
   </si>
   <si>
     <t>instagram</t>
   </si>
   <si>
     <t>asignacion_cuantia</t>
   </si>
   <si>
     <t>asignacion_documento_id</t>
   </si>
   <si>
     <t>color</t>
   </si>
   <si>
     <t>legislatura_id</t>
   </si>
   <si>
     <t>orden</t>
   </si>
   <si>
     <t>Vox</t>
   </si>
   <si>
-    <t>270 €/mes (190 € fijo + 40 € variable)</t>
+    <t>https://transparencia.ayto-humanesdemadrid.es/storage/uploads/1768313469Asignación a Vox.docx</t>
+  </si>
+  <si>
+    <t>#5ac035</t>
+  </si>
+  <si>
+    <t>Vecinos por Humanes de Madrid</t>
+  </si>
+  <si>
+    <t>310 €/mes (190 € fijo + 120 € variable)</t>
   </si>
   <si>
     <t>https://transparencia.ayto-humanesdemadrid.es/storage/uploads/1753864404Asignación a Grupos Políticos.docx</t>
   </si>
   <si>
-    <t>#5ac035</t>
-[...7 lines deleted...]
-  <si>
     <t>#fb218d</t>
   </si>
   <si>
     <t>Unidas Podemos</t>
   </si>
   <si>
-    <t>230 €/mes (190 € fijo + 40 € variable)</t>
+    <t>https://transparencia.ayto-humanesdemadrid.es/storage/uploads/1768313469Asignación a Podemos.docx</t>
   </si>
   <si>
     <t>#5d2660</t>
   </si>
   <si>
     <t>PSOE</t>
   </si>
   <si>
     <t>350 €/mes (190 € fijo + 160 € variable)</t>
   </si>
   <si>
     <t>#e30613</t>
   </si>
   <si>
     <t>PP</t>
   </si>
   <si>
     <t>470 €/mes (190 € fijo + 280 € variable)</t>
   </si>
   <si>
     <t>#00448f</t>
   </si>
   <si>
     <t>No adscritos</t>
   </si>
@@ -576,159 +576,159 @@
         <v>13</v>
       </c>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
       <c r="S1" s="2"/>
       <c r="T1" s="2"/>
       <c r="U1" s="2"/>
       <c r="V1" s="2"/>
       <c r="W1" s="2"/>
       <c r="X1" s="2"/>
       <c r="Y1" s="2"/>
       <c r="Z1" s="2"/>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="1">
         <v>234</v>
       </c>
       <c r="B2">
         <v>54023</v>
       </c>
       <c r="C2" t="s">
         <v>14</v>
       </c>
-      <c r="J2" t="s">
+      <c r="J2">
+        <v>0</v>
+      </c>
+      <c r="K2" t="s">
         <v>15</v>
       </c>
-      <c r="K2" t="s">
+      <c r="L2" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="M2">
         <v>75</v>
       </c>
       <c r="N2">
         <v>4</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" s="1">
         <v>233</v>
       </c>
       <c r="B3">
         <v>56463</v>
       </c>
       <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="J3" t="s">
         <v>18</v>
       </c>
-      <c r="J3" t="s">
+      <c r="K3" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
       <c r="L3" t="s">
         <v>20</v>
       </c>
       <c r="M3">
         <v>75</v>
       </c>
       <c r="N3">
         <v>3</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="1">
         <v>235</v>
       </c>
       <c r="B4">
         <v>54025</v>
       </c>
       <c r="C4" t="s">
         <v>21</v>
       </c>
-      <c r="J4" t="s">
+      <c r="J4">
+        <v>0</v>
+      </c>
+      <c r="K4" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
       <c r="L4" t="s">
         <v>23</v>
       </c>
       <c r="M4">
         <v>75</v>
       </c>
       <c r="N4">
         <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="1">
         <v>231</v>
       </c>
       <c r="B5">
         <v>53995</v>
       </c>
       <c r="C5" t="s">
         <v>24</v>
       </c>
       <c r="J5" t="s">
         <v>25</v>
       </c>
       <c r="K5" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="L5" t="s">
         <v>26</v>
       </c>
       <c r="M5">
         <v>75</v>
       </c>
       <c r="N5">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="1">
         <v>232</v>
       </c>
       <c r="B6">
         <v>53996</v>
       </c>
       <c r="C6" t="s">
         <v>27</v>
       </c>
       <c r="J6" t="s">
         <v>28</v>
       </c>
       <c r="K6" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="L6" t="s">
         <v>29</v>
       </c>
       <c r="M6">
         <v>75</v>
       </c>
       <c r="N6">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="1">
         <v>236</v>
       </c>
       <c r="B7">
         <v>54100</v>
       </c>
       <c r="C7" t="s">
         <v>30</v>
       </c>
       <c r="L7" t="s">
         <v>31</v>
       </c>
       <c r="M7">